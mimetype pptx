--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -222,54 +222,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="94" d="100"/>
-          <a:sy n="94" d="100"/>
+          <a:sx n="87" d="100"/>
+          <a:sy n="87" d="100"/>
         </p:scale>
-        <p:origin x="126" y="90"/>
+        <p:origin x="384" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -442,51 +442,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C607F170-6829-1C15-B708-718675CC1A02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7053A45C-C021-1D32-CE3C-6E93903DD297}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -640,51 +640,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6B7D582-6F9C-FBD3-3261-AFFF57131715}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27E78F39-3CDD-14AB-2AF3-2080D23E21B2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -848,51 +848,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9FB6AA-3453-E7D5-440A-7175481C75F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55FA7106-C736-B268-E3E4-B0476C3CAD6C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1405,51 +1405,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{997E8991-4461-5C91-720A-C1CDB6E76C2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F79FFF44-8066-C7AC-3F09-8D38FF987673}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1680,51 +1680,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9F98846-5D61-0A2E-4A5F-2E51268545AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEBF057E-659F-CF04-B282-8078A7A7615D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1945,51 +1945,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{097DEC5E-C7D4-2B3F-EBB0-B71F6E385F2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56067FB3-1DFD-92D2-248F-AAF2EC6AFA13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2357,51 +2357,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A77888-E043-9F23-F28C-0A97F510F175}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46EF221F-EDF4-50AB-F641-809A14532F6B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2498,51 +2498,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F07B16AD-BADC-5826-FA11-D9B3C258C713}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{913710DC-E74A-C7FF-15B5-1BC9CC16C5D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2611,51 +2611,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4372DA8-E3B1-F5D2-810B-868DDDD51226}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16278759-740E-B378-6511-9940B02ED0F5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2922,51 +2922,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0430F1AE-FC7F-2A82-1D6A-E94549FF50DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF854483-A6E2-C26D-D960-02A7DC2B3D87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3210,51 +3210,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D5A38B3-CDE4-AC80-133A-6F73A78411E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57961D3A-9B34-5362-52B1-B0E7DE878630}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3455,51 +3455,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1801BBDB-E372-4F34-98FB-3CF3293E9126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/19/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E0F7058-97CA-AA03-82D5-4FE22B997DC7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3965,51 +3965,51 @@
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariadb.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medium.com/@ksaquib/beginners-guide-to-redis-in-node-js-d49af152b812" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JimSeker/nodejs/lectuer4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariadb.com/resources/blog/getting-started-with-connector-node-js/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mariadb-developers/nodejs-quickstart?tab=readme-ov-file" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariadb.com/docs/server/connect/programming-languages/nodejs/promise/example/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariadb.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medium.com/@ksaquib/beginners-guide-to-redis-in-node-js-d49af152b812" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JimSeker/nodejs/tree/main/lecture4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariadb.com/resources/blog/getting-started-with-connector-node-js/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mariadb-developers/nodejs-quickstart?tab=readme-ov-file" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariadb.com/docs/server/connect/programming-languages/nodejs/promise/example/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nodejs.org/en/learn/manipulating-files/reading-files-with-nodejs" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3schools.com/nodejs/nodejs_filesystem.asp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
@@ -8953,63 +8953,56 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>all example code can be found in the class </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>github</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> repo</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>https://github.com/JimSeker/nodejs</a:t>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>https://github.com/JimSeker/nodejs/tree/main/lecture4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>   </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://mariadb.com/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>https://mariadb.com/docs/server/connect/programming-languages/nodejs/promise/example/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -11125,51 +11118,51 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1876</Words>
+  <Words>1880</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>250</Paragraphs>
   <Slides>35</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>